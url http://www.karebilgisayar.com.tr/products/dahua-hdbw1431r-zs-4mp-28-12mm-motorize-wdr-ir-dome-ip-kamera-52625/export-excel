--- v0 (2025-10-14)
+++ v1 (2025-12-15)
@@ -44,93 +44,93 @@
   <si>
     <t>Kamera Kasa Tipi</t>
   </si>
   <si>
     <t>Dome</t>
   </si>
   <si>
     <t>Kamera Çözünürlük</t>
   </si>
   <si>
     <t>4MP</t>
   </si>
   <si>
     <t>Lens Özelliği</t>
   </si>
   <si>
     <t>2.8-12mm</t>
   </si>
   <si>
     <t>Alarm Desteği</t>
   </si>
   <si>
     <t>Yok</t>
   </si>
   <si>
+    <t>Kamera SD Kart Desteği</t>
+  </si>
+  <si>
+    <t>Var</t>
+  </si>
+  <si>
+    <t>Gece Görüş Mesafesi</t>
+  </si>
+  <si>
+    <t>40m</t>
+  </si>
+  <si>
+    <t>WDR</t>
+  </si>
+  <si>
+    <t>120dB</t>
+  </si>
+  <si>
+    <t>PoE Desteği</t>
+  </si>
+  <si>
+    <t>Var (Aktif PoE)</t>
+  </si>
+  <si>
+    <t>Koruma Direnci</t>
+  </si>
+  <si>
+    <t>IP67</t>
+  </si>
+  <si>
+    <t>Optik Zoom</t>
+  </si>
+  <si>
+    <t>Lens Tipi</t>
+  </si>
+  <si>
+    <t>Motorize Lens</t>
+  </si>
+  <si>
+    <t>Kamera Ses Desteği</t>
+  </si>
+  <si>
     <t>24/7 Color</t>
-  </si>
-[...40 lines deleted...]
-    <t>Kamera Ses Desteği</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -499,99 +499,99 @@
       <c r="B4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>12</v>
       </c>
       <c r="B7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B8" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B11" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B13" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>24</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>