--- v0 (2025-10-14)
+++ v1 (2025-12-16)
@@ -26,111 +26,111 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>Özellik</t>
   </si>
   <si>
     <t>Açıklama</t>
   </si>
   <si>
     <t>OEM Kategori</t>
   </si>
   <si>
     <t>Kasa</t>
   </si>
   <si>
+    <t>Optik Sürücü Yuvası</t>
+  </si>
+  <si>
+    <t>Yok</t>
+  </si>
+  <si>
+    <t>3.5" Sürücü Yuvası</t>
+  </si>
+  <si>
+    <t>2 Adet</t>
+  </si>
+  <si>
+    <t>2.5" Sürücü Yuvası</t>
+  </si>
+  <si>
+    <t>3 Adet</t>
+  </si>
+  <si>
+    <t>Güç Kaynağı</t>
+  </si>
+  <si>
+    <t>550W</t>
+  </si>
+  <si>
+    <t>Ön Panel Giriş/Çıkış</t>
+  </si>
+  <si>
+    <t>1 x USB 3.0 2 x USB 2.0 1 x Mikrofon Girişi 1 x HD Audio Power / RGB Işık Kontrol</t>
+  </si>
+  <si>
+    <t>Fan Sayısı</t>
+  </si>
+  <si>
+    <t>3 Ön panel 1 Arka panel</t>
+  </si>
+  <si>
+    <t>Maks. Grafik Kartı Uzunluk</t>
+  </si>
+  <si>
+    <t>320 mm</t>
+  </si>
+  <si>
+    <t>Boyutlar</t>
+  </si>
+  <si>
+    <t>372 x 210 x 450 (mm)</t>
+  </si>
+  <si>
+    <t>Sıvı Soğutma Desteği</t>
+  </si>
+  <si>
+    <t>Var</t>
+  </si>
+  <si>
+    <t>Şeffaf Yan Panel</t>
+  </si>
+  <si>
     <t>Kasa Yapısı</t>
   </si>
   <si>
-    <t>ATX, Micro ATX</t>
-[...56 lines deleted...]
-    <t>Şeffaf Yan Panel</t>
+    <t>E-ATX, ATX, Micro-ATX, Mini-ITX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -539,59 +539,59 @@
       <c r="B9" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>20</v>
       </c>
       <c r="B11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>22</v>
       </c>
       <c r="B12" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>23</v>
+      </c>
+      <c r="B13" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">