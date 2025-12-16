--- v0 (2025-10-14)
+++ v1 (2025-12-16)
@@ -44,51 +44,51 @@
   <si>
     <t>Uyumlu CPU</t>
   </si>
   <si>
     <t>AMD</t>
   </si>
   <si>
     <t>INTEL</t>
   </si>
   <si>
     <t>Uyumlu Soket Tipi</t>
   </si>
   <si>
     <t>Intel LGA1851 / LGA1700 / LGA1200 / LGA115X / LGA1366 / AM5 / AM4 / AM3 / AM2 / FM2 / FM1</t>
   </si>
   <si>
     <t>Fan Adet</t>
   </si>
   <si>
     <t>2 Adet</t>
   </si>
   <si>
     <t>Soğutma Türü</t>
   </si>
   <si>
-    <t>Hava Soğutma</t>
+    <t>Sıvı Soğutma</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>