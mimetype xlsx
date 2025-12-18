--- v0 (2025-10-14)
+++ v1 (2025-12-18)
@@ -32,69 +32,69 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t>Özellik</t>
   </si>
   <si>
     <t>Açıklama</t>
   </si>
   <si>
     <t>Boyutlar</t>
   </si>
   <si>
     <t>120 x 120 x 25 (mm)</t>
   </si>
   <si>
     <t>Fan Adet</t>
   </si>
   <si>
     <t>3 Adet</t>
   </si>
   <si>
+    <t>Uyumlu CPU</t>
+  </si>
+  <si>
+    <t>AMD</t>
+  </si>
+  <si>
+    <t>INTEL</t>
+  </si>
+  <si>
+    <t>Uyumlu Soket Tipi</t>
+  </si>
+  <si>
+    <t>Intel LGA1851 / LGA1700 / LGA1200 / LGA115X / LGA1366 / AM5 / AM4 / AM3 / AM2 / FM2 / FM1</t>
+  </si>
+  <si>
     <t>Soğutma Türü</t>
   </si>
   <si>
-    <t>Hava Soğutma</t>
-[...14 lines deleted...]
-    <t>Intel LGA1851 / LGA1700 / LGA1200 / LGA115X / LGA1366 / AM5 / AM4 / AM3 / AM2 / FM2 / FM1</t>
+    <t>Sıvı Soğutma</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -444,59 +444,59 @@
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B5" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>