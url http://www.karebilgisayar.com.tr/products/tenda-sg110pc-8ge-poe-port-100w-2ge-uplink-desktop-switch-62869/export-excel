--- v0 (2025-10-14)
+++ v1 (2025-12-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>Özellik</t>
   </si>
   <si>
     <t>Açıklama</t>
   </si>
   <si>
     <t>Switch Ürün Tipi</t>
   </si>
   <si>
     <t>Data Switch</t>
   </si>
   <si>
     <t>Port Hızı</t>
   </si>
   <si>
     <t>Gigabit</t>
   </si>
   <si>
     <t>Port Sayısı</t>
   </si>
   <si>
     <t>8-12 Port</t>
   </si>
   <si>
@@ -86,84 +86,81 @@
   <si>
     <t>Rackmount</t>
   </si>
   <si>
     <t>Yönetilebilirlik</t>
   </si>
   <si>
     <t>Yönetilemez</t>
   </si>
   <si>
     <t>Bakır Port (RJ45) Sayısı</t>
   </si>
   <si>
     <t>8 Port</t>
   </si>
   <si>
     <t>Bakır Port (RJ45) Hızı</t>
   </si>
   <si>
     <t>Uplink Port Sayısı</t>
   </si>
   <si>
     <t>2xUplink</t>
   </si>
   <si>
+    <t>Combo Port Sayısı</t>
+  </si>
+  <si>
+    <t>Fiber Port (SFP) Sayısı</t>
+  </si>
+  <si>
+    <t>Anahtarlama Kapasitesi (Gbps)</t>
+  </si>
+  <si>
+    <t>20G</t>
+  </si>
+  <si>
+    <t>Forwarding Performance (Mpps)</t>
+  </si>
+  <si>
+    <t>14.9 Mpps</t>
+  </si>
+  <si>
+    <t>MAC Adress Tablo Boyutu (entries)</t>
+  </si>
+  <si>
+    <t>4K</t>
+  </si>
+  <si>
+    <t>Boyutlar</t>
+  </si>
+  <si>
+    <t>175*127*43mm</t>
+  </si>
+  <si>
     <t>Uplink Port Hızı</t>
-  </si>
-[...31 lines deleted...]
-    <t>175*127*43mm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -588,99 +585,99 @@
       <c r="B11" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>22</v>
       </c>
       <c r="B13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>24</v>
       </c>
       <c r="B14" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
+        <v>26</v>
+      </c>
+      <c r="B16" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>28</v>
       </c>
       <c r="B17" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>30</v>
       </c>
       <c r="B18" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>32</v>
       </c>
       <c r="B19" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>34</v>
       </c>
       <c r="B20" t="s">
-        <v>35</v>
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">